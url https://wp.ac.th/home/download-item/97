--- v0 (2025-11-12)
+++ v1 (2026-02-01)
@@ -137,70 +137,70 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1602105" cy="762635"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C40B25" w:rsidRPr="00565D66" w:rsidRDefault="00565D66" w:rsidP="00565D66">
+                          <w:p w:rsidR="00C40B25" w:rsidRPr="00565D66" w:rsidRDefault="00565D66" w:rsidP="00A21486">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00565D66">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="24"/>
                                 <w:cs/>
                               </w:rPr>
-                              <w:t>งานพัสดุ โรง</w:t>
+                              <w:t>โรง</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00565D66">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="24"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>เรียนวชิร</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00565D66">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="24"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>ป่าซาง</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00565D66" w:rsidRPr="00565D66" w:rsidRDefault="00565D66" w:rsidP="00565D66">
@@ -267,70 +267,70 @@
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="30D269C3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:410.9pt;margin-top:.45pt;width:126.15pt;height:60.05pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE0nNQKgIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthxk7Q14hRdugwD&#10;ugvQ7gNkWY6FSaImKbG7rx8lu1l2exnmB4EUqUPykPT6ZtCKHIXzEkxF57OcEmE4NNLsK/r5cffq&#10;ihIfmGmYAiMq+iQ8vdm8fLHubSkK6EA1whEEMb7sbUW7EGyZZZ53QjM/AysMGltwmgVU3T5rHOsR&#10;XausyPNV1oNrrAMuvMfbu9FINwm/bQUPH9vWi0BURTG3kE6Xzjqe2WbNyr1jtpN8SoP9QxaaSYNB&#10;T1B3LDBycPI3KC25Aw9tmHHQGbSt5CLVgNXM81+qeeiYFakWJMfbE03+/8HyD8dPjsimogtKDNPY&#10;okcxBPIaBnIR2emtL9HpwaJbGPAau5wq9fYe+BdPDGw7Zvbi1jnoO8EazG4eX2ZnT0ccH0Hq/j00&#10;GIYdAiSgoXU6UodkEETHLj2dOhNT4THkKi/m+ZISjrbLVbG6WKYQrHx+bZ0PbwVoEoWKOux8QmfH&#10;ex9iNqx8donBPCjZ7KRSSXH7eqscOTKckl36JvSf3JQhfUWvl8VyJOCvEHn6/gShZcBxV1JX9Ork&#10;xMpI2xvTpGEMTKpRxpSVmXiM1I0khqEepr7U0Dwhow7GscY1RKED942SHke6ov7rgTlBiXpnsCvX&#10;88Ui7kBSFsvLAhV3bqnPLcxwhKpooGQUt2Hcm4N1ct9hpHEODNxiJ1uZSI4tH7Oa8saxTdxPKxb3&#10;4lxPXj9+BJvvAAAA//8DAFBLAwQUAAYACAAAACEADznhJt8AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPTU/DMAyG70j8h8hIXBBLW6Z9lKYTQgLBDQaCa9Z4bUXilCTryr/HO8HN1vvq8eNqMzkr&#10;Rgyx96Qgn2UgkBpvemoVvL89XK9AxKTJaOsJFfxghE19flbp0vgjveK4Ta1gCMVSK+hSGkopY9Oh&#10;03HmByTO9j44nXgNrTRBHxnurCyybCGd7okvdHrA+w6br+3BKVjNn8bP+Hzz8tEs9nadrpbj43dQ&#10;6vJiursFkXBKf2U46bM61Oy08wcyUVhmFDmrJwVrEKc4W85zEDueijwDWVfy/wf1LwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCE0nNQKgIAAFAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAPOeEm3wAAAAkBAAAPAAAAAAAAAAAAAAAAAIQEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00C40B25" w:rsidRPr="00565D66" w:rsidRDefault="00565D66" w:rsidP="00565D66">
+                    <w:p w:rsidR="00C40B25" w:rsidRPr="00565D66" w:rsidRDefault="00565D66" w:rsidP="00A21486">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00565D66">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="24"/>
                           <w:cs/>
                         </w:rPr>
-                        <w:t>งานพัสดุ โรง</w:t>
+                        <w:t>โรง</w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00565D66">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="24"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>เรียนวชิร</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00565D66">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="24"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>ป่าซาง</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00565D66" w:rsidRPr="00565D66" w:rsidRDefault="00565D66" w:rsidP="00565D66">
@@ -630,52 +630,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00120A92">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>เรียน ผู้อำนวยการโรง</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00120A92">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>เรียนวชิร</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00120A92">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>ป่าซาง</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00696D35" w:rsidRPr="00120A92" w:rsidRDefault="00696D35" w:rsidP="00262CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00120A92">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">       ด้วย</w:t>
       </w:r>
       <w:r w:rsidR="00E123CA" w:rsidRPr="00120A92">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> (  ) กลุ่มสาระ</w:t>
       </w:r>
       <w:r w:rsidRPr="00120A92">
         <w:rPr>
@@ -8560,50 +8558,52 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="0076537C" w:rsidRPr="00120A92" w:rsidRDefault="0076537C" w:rsidP="002C25B5">
             <w:pPr>
               <w:spacing w:line="20" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001C11B4" w:rsidRPr="00120A92" w:rsidRDefault="001C11B4" w:rsidP="00FD66E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="001C11B4" w:rsidRPr="00120A92" w:rsidSect="00565D66">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="284" w:right="567" w:bottom="289" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="435"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH SarabunPSK">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -9125,50 +9125,51 @@
     <w:rsid w:val="0076537C"/>
     <w:rsid w:val="0077132A"/>
     <w:rsid w:val="00782ED7"/>
     <w:rsid w:val="007837AC"/>
     <w:rsid w:val="00794F2F"/>
     <w:rsid w:val="007B5F55"/>
     <w:rsid w:val="007F5C08"/>
     <w:rsid w:val="0080571C"/>
     <w:rsid w:val="0081296B"/>
     <w:rsid w:val="008605E0"/>
     <w:rsid w:val="00865D1C"/>
     <w:rsid w:val="00874921"/>
     <w:rsid w:val="00886CCD"/>
     <w:rsid w:val="008B1153"/>
     <w:rsid w:val="008B40F8"/>
     <w:rsid w:val="008B492E"/>
     <w:rsid w:val="00900140"/>
     <w:rsid w:val="009129AF"/>
     <w:rsid w:val="00931B9A"/>
     <w:rsid w:val="009333B9"/>
     <w:rsid w:val="0093386B"/>
     <w:rsid w:val="00990180"/>
     <w:rsid w:val="009901A9"/>
     <w:rsid w:val="009C65F7"/>
     <w:rsid w:val="00A128F0"/>
+    <w:rsid w:val="00A21486"/>
     <w:rsid w:val="00A26A6E"/>
     <w:rsid w:val="00A33F66"/>
     <w:rsid w:val="00A342D4"/>
     <w:rsid w:val="00A43AB0"/>
     <w:rsid w:val="00A45252"/>
     <w:rsid w:val="00A6248F"/>
     <w:rsid w:val="00AD48DF"/>
     <w:rsid w:val="00B14CBF"/>
     <w:rsid w:val="00B14D1F"/>
     <w:rsid w:val="00B43C82"/>
     <w:rsid w:val="00B47BC5"/>
     <w:rsid w:val="00B53DCD"/>
     <w:rsid w:val="00B568DE"/>
     <w:rsid w:val="00B6388C"/>
     <w:rsid w:val="00B64311"/>
     <w:rsid w:val="00BB13BB"/>
     <w:rsid w:val="00BE0852"/>
     <w:rsid w:val="00C02B79"/>
     <w:rsid w:val="00C048BD"/>
     <w:rsid w:val="00C07E80"/>
     <w:rsid w:val="00C20D1B"/>
     <w:rsid w:val="00C25419"/>
     <w:rsid w:val="00C25A58"/>
     <w:rsid w:val="00C40B25"/>
     <w:rsid w:val="00C47CA3"/>
@@ -10055,51 +10056,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10B37EEB-7D29-4682-A60E-3ECF54B551D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9ADD800-C13D-425A-AFB0-15DC8E6AC52C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>699</Words>
   <Characters>3988</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>