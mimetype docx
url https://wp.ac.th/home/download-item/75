--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -1,2157 +1,3509 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="3E1ECB30" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRPr="00D124E1" w:rsidRDefault="007D5A0A" w:rsidP="007D5A0A">
-      <w:pPr>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-138430</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-191770</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="712481" cy="792000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21306"/>
+                <wp:lineTo x="20791" y="21306"/>
+                <wp:lineTo x="20791" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="รูปภาพ 0" descr="รูปครุฑ.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="รูปครุฑ.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="712481" cy="792000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="00A7262A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D124E1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>สัญญาการยืมเงิน</w:t>
+        <w:t>บันทึกข้อความ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E65CE06" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="007D5A0A">
-      <w:pPr>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="005B7AE2" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ส่วนที่ราชการ   โรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป่าซาง  อำเภอป่าซาง  จังหวัดลำพูน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ที่..</w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..จ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>........./.........</w:t>
+      </w:r>
+      <w:r w:rsidR="00814764" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>เลขที่ ..................../...................</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00814764" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วันที่..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เดือน.....</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..................พ.ศ. .........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>........</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629D90FF" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="007D5A0A">
-      <w:pPr>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">เรื่อง   </w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ขออนุญาตยืม</w:t>
+      </w:r>
+      <w:r w:rsidR="008E567E" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เงินสวัสดิ</w:t>
+      </w:r>
+      <w:r w:rsidR="004051EB" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>กา</w:t>
+      </w:r>
+      <w:r w:rsidR="004051EB" w:rsidRPr="00095712">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>วันครบกำหนด.............../................../.................</w:t>
+        <w:t>ร</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ของโรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป่าซาง</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D07827" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="00070AE5">
-[...9 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..............................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>ยื่นต่อ   ผู้อำนวยการโรงเรียนว</w:t>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียน   ผู้อำนวยการโรง</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป่าซาง</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF5A25" w:rsidRPr="00095712" w:rsidRDefault="00BF5A25" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         ข้าพเจ้า.....................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>ชิร</w:t>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...ตำแหน่ง.................</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.............................</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="004177FD" w:rsidRPr="00095712" w:rsidRDefault="004177FD" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ฝ่าย</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / งาน / กลุ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7262A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>่มสาระฯ.................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.............ขอ</w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>อนุญาตยืม</w:t>
+      </w:r>
+      <w:r w:rsidR="008E567E" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เงินสวัสดิ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>การของโรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
         <w:t>ป่าซาง</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459E5120" w14:textId="283B24B6" w:rsidR="00DA3345" w:rsidRDefault="007D5A0A" w:rsidP="00DA3345">
-      <w:pPr>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...180 lines deleted...]
-        <w:t>ดังรายละเอียดต่อไปนี้</w:t>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>โดยมีรายการดังนี้</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="9917" w:type="dxa"/>
+        <w:tblStyle w:val="a5"/>
+        <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7508"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D5A0A" w:rsidRPr="003E1532" w14:paraId="0D457463" w14:textId="77777777" w:rsidTr="004A2B71">
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="095F6E10" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRPr="003E1532" w:rsidRDefault="007D5A0A" w:rsidP="00070AE5">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E1532">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ลำดับที่</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:cs/>
               </w:rPr>
               <w:t>รายการ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0E00E7" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRPr="003E1532" w:rsidRDefault="007D5A0A" w:rsidP="00070AE5">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E1532">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:cs/>
               </w:rPr>
-              <w:t>จำนวนเงิน</w:t>
+              <w:t>จำนวน</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ราคาต่อหน่วย</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>รวมเงิน</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5A0A" w14:paraId="188088D2" w14:textId="77777777" w:rsidTr="004A2B71">
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C27311D" w14:textId="0422CD15" w:rsidR="00A26DBF" w:rsidRDefault="00A26DBF" w:rsidP="00304449">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00A7262A" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16940944" w14:textId="46224631" w:rsidR="007D5A0A" w:rsidRPr="00B67256" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1119 lines deleted...]
-            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3CC71645" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5A0A" w14:paraId="4E454EC0" w14:textId="77777777" w:rsidTr="004A2B71">
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01E864D8" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B716904" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
-[...74 lines deleted...]
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24A9A97F" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD82662" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5A0A" w14:paraId="37EAF658" w14:textId="77777777" w:rsidTr="004A2B71">
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53EAEAB9" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="763BA647" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
-[...74 lines deleted...]
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="349EF9F2" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E777C7" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5A0A" w14:paraId="654EB1C5" w14:textId="77777777" w:rsidTr="004A2B71">
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF95AC5" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381C1860" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
-[...74 lines deleted...]
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="164709C5" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4E84F0" w14:textId="77777777" w:rsidR="007D5A0A" w:rsidRDefault="007D5A0A" w:rsidP="004A2B71">
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
             <w:pPr>
-              <w:jc w:val="thaiDistribute"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidTr="00A7262A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ตัวอักษร </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>……………………………………………………………………..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00095712">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>รวมเป็นเงินทั้งสิ้น</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3997"/>
+                <w:tab w:val="left" w:pos="6433"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1706B074" w14:textId="77777777" w:rsidR="00781FE7" w:rsidRDefault="00781FE7"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="284" w:right="851" w:bottom="284" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002731BE" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="002731BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ลงชื่อ.........................</w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......................ผู้ขอยืม</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="002731BE" w:rsidP="002731BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00814764" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00814764" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(................................................)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF5A25" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="00814764">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00814764" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วันที่........../.............../..........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ความเห็นเจ้าหน้าที่งาน</w:t>
+      </w:r>
+      <w:r w:rsidR="008E567E" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>บัญชีสวัสดิ</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>การโรงเรียน</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00292822" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ความเห็นหัวหน้าฝ่ายบริหาร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>งานน</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>โนบายและแผนงาน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="00095712" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1026" style="position:absolute;margin-left:265.35pt;margin-top:1.25pt;width:15.9pt;height:12.75pt;z-index:251659264" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เงินสดในมือคงเหลือ.....</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..........บาท</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เห็นควรอนุมัติ</w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00095712" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1027" style="position:absolute;margin-left:265.95pt;margin-top:.85pt;width:15.9pt;height:12.75pt;z-index:251660288" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ยืมเงินใช้</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ครั้งนี้.................</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0780" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...... บาท</w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="0073348A" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ไม่เห็นควรอนุมัติ......................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="00EE0780" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รวมเงินคงเหลือ................</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>......บาท</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0780" w:rsidRPr="00095712" w:rsidRDefault="005B7AE2" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(ลงชื่อ)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(ลงชื่อ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="002731BE" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>นางลาวัลย์   สุริยะ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วงค์</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>นายสุ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รพงษ์</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   จ๋า</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ก๋าง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002731BE" w:rsidRPr="00095712" w:rsidRDefault="00AE1DFE" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วันที่.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>..../............/.........</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วันที่..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.../............/.........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF13A5" w:rsidRPr="00095712" w:rsidRDefault="00BF5A25" w:rsidP="00DF13A5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ความเห็น</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>รองผู้อำน</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วยการโรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป</w:t>
+      </w:r>
+      <w:r w:rsidR="00292822" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">่าซาง                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>คำสั่ง</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ผู้อำนวยการโรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B7AE2" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป่าซาง</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="00095712" w:rsidP="00DF13A5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1030" style="position:absolute;margin-left:299.45pt;margin-top:1.35pt;width:15.9pt;height:12.75pt;z-index:251663360" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1028" style="position:absolute;margin-left:1.5pt;margin-top:2.65pt;width:15.9pt;height:12.75pt;z-index:251661312" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">       เห็นควรอนุมัติ</w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A25" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A25" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>อนุมัติ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002731BE" w:rsidRPr="00095712" w:rsidRDefault="00095712" w:rsidP="00DF13A5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1031" style="position:absolute;margin-left:299.45pt;margin-top:1pt;width:15.9pt;height:12.75pt;z-index:251664384" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1029" style="position:absolute;margin-left:1.5pt;margin-top:2.3pt;width:15.9pt;height:12.75pt;z-index:251662336" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ไม่เห็นควรอนุมัติ......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF13A5" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ไม่อนุมัติ.......................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF13A5" w:rsidRPr="00095712" w:rsidRDefault="00DF13A5" w:rsidP="00DF13A5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002731BE" w:rsidRPr="00095712" w:rsidRDefault="002731BE" w:rsidP="002731BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(ลงชื่อ)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A25" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>(ลงชื่อ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF5A25" w:rsidRPr="00095712" w:rsidRDefault="002731BE" w:rsidP="002731BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A25" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>( นาย</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วัศ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>พล  ชุตินท</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ราศรี</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A25" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>( นา</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC540E" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ยกิตติ  ปานมี </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE1DFE" w:rsidRPr="00095712" w:rsidRDefault="00AE1DFE" w:rsidP="00BF5A25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">          รองผู้อำนวยการโรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป่าซาง                                         ผู้อำนวยการโรง</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>เรียนวชิร</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>ป่าซาง</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidRDefault="00BF5A25" w:rsidP="005B7AE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="3997"/>
+          <w:tab w:val="left" w:pos="6433"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> วันที่....</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.../............./..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วันที่..</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1DFE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>.../............/.........</w:t>
+      </w:r>
+      <w:r w:rsidR="002731BE" w:rsidRPr="00095712">
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005B7AE2" w:rsidRPr="00095712" w:rsidSect="00292822">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...42 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="TH SarabunPSK">
     <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-    <w:panose1 w:val="05020102010507070707"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="01000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="01000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="341416E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1B2CB1E"/>
+    <w:lvl w:ilvl="0" w:tplc="33744F88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="570" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="minorHAnsi" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1290" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2010" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2730" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="6B6E2C71"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6122D628"/>
+    <w:lvl w:ilvl="0" w:tplc="F79476C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="minorHAnsi" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="714E1A94"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6405DC2"/>
+    <w:lvl w:ilvl="0" w:tplc="3178387E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1335" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="TH SarabunPSK" w:eastAsiaTheme="minorHAnsi" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2055" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2775" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3495" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4215" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4935" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5655" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6375" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7095" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
-    <w:useFELayout/>
-[...5 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D5A0A"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00E459BC"/>
+    <w:rsidRoot w:val="004177FD"/>
+    <w:rsid w:val="00095712"/>
+    <w:rsid w:val="00164C61"/>
+    <w:rsid w:val="002731BE"/>
+    <w:rsid w:val="00292822"/>
+    <w:rsid w:val="004051EB"/>
+    <w:rsid w:val="004177FD"/>
+    <w:rsid w:val="005666E5"/>
+    <w:rsid w:val="005B7AE2"/>
+    <w:rsid w:val="0073348A"/>
+    <w:rsid w:val="00814764"/>
+    <w:rsid w:val="008E567E"/>
+    <w:rsid w:val="00A7262A"/>
+    <w:rsid w:val="00AE1DFE"/>
+    <w:rsid w:val="00B221BB"/>
+    <w:rsid w:val="00BC540E"/>
+    <w:rsid w:val="00BF5A25"/>
+    <w:rsid w:val="00C03DC3"/>
+    <w:rsid w:val="00CC2454"/>
+    <w:rsid w:val="00D2640E"/>
+    <w:rsid w:val="00DF13A5"/>
+    <w:rsid w:val="00EE0780"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
+  <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1032"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="03153568"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{FAD1EB76-F2FF-442B-97B5-5B9B58E99489}"/>
+  <w15:docId w15:val="{1257901B-C0DA-4AE7-9A8B-1D12D75186C1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
-        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2262,51 +3614,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2479,438 +3831,485 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007D5A0A"/>
+    <w:rsid w:val="00164C61"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004177FD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Angsana New"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="ข้อความบอลลูน อักขระ"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004177FD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Angsana New"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007D5A0A"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00EE0780"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00070AE5"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B7AE2"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...16 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ชุดรูปแบบของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7D98A59-E6D3-4AB3-9522-08DDB4F2F240}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1970</Characters>
+  <Pages>1</Pages>
+  <Words>431</Words>
+  <Characters>2459</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>OBEC59</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2311</CharactersWithSpaces>
+  <CharactersWithSpaces>2885</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>ll</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>